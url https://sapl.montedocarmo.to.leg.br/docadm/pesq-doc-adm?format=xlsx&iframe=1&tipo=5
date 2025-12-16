--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="798" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="858" uniqueCount="311">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
@@ -883,50 +883,110 @@
     <t>Ata 30-2025 - Sessão Ordinária - Agosto 2025.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>Ata 31-2025 - Sessão Ordinária - Setembro 2025.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Ata 32-2025 - Sessão Ordinária - Setembro 2025.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>Ata 33-2025 - Sessão Ordinária - Setembro 2025.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>Ata 34-2025 - Sessão Ordinária - Setembro 2025.</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>Ata 35-2025 - Sessão Ordinária - Setembro 2025.</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>Ata 36-2025 - Sessão Ordinária - Outubro 2025.</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>Ata 37-2025 - Sessão Ordinária - Outubro 2025.</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>Ata 38-2025 - Sessão Ordinária - Outubro 2025.</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>Ata 39-2025 - Sessão Ordinária - Outubro 2025.</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>Ata 40-2025 - Sessão Ordinária - Outubro 2025.</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>Ata 41-2025 - Sessão Ordinária - Novembro 2025.</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>Ata 42-2025 - Sessão Ordinária - Novembro 2025.</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>Ata 43-2025 - Sessão Ordinária - Novembro 2025.</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>Ata 44-2025 - Sessão Ordinária - Novembro 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1218,51 +1278,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F133"/>
+  <dimension ref="A1:F143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3890,50 +3950,250 @@
       <c r="E132" t="s">
         <v>10</v>
       </c>
       <c r="F132" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
         <v>289</v>
       </c>
       <c r="B133" t="s">
         <v>223</v>
       </c>
       <c r="C133" t="s">
         <v>68</v>
       </c>
       <c r="D133" t="s">
         <v>9</v>
       </c>
       <c r="E133" t="s">
         <v>10</v>
       </c>
       <c r="F133" t="s">
         <v>290</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" t="s">
+        <v>291</v>
+      </c>
+      <c r="B134" t="s">
+        <v>223</v>
+      </c>
+      <c r="C134" t="s">
+        <v>74</v>
+      </c>
+      <c r="D134" t="s">
+        <v>9</v>
+      </c>
+      <c r="E134" t="s">
+        <v>10</v>
+      </c>
+      <c r="F134" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" t="s">
+        <v>293</v>
+      </c>
+      <c r="B135" t="s">
+        <v>223</v>
+      </c>
+      <c r="C135" t="s">
+        <v>76</v>
+      </c>
+      <c r="D135" t="s">
+        <v>9</v>
+      </c>
+      <c r="E135" t="s">
+        <v>10</v>
+      </c>
+      <c r="F135" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" t="s">
+        <v>295</v>
+      </c>
+      <c r="B136" t="s">
+        <v>223</v>
+      </c>
+      <c r="C136" t="s">
+        <v>78</v>
+      </c>
+      <c r="D136" t="s">
+        <v>9</v>
+      </c>
+      <c r="E136" t="s">
+        <v>10</v>
+      </c>
+      <c r="F136" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" t="s">
+        <v>297</v>
+      </c>
+      <c r="B137" t="s">
+        <v>223</v>
+      </c>
+      <c r="C137" t="s">
+        <v>80</v>
+      </c>
+      <c r="D137" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137" t="s">
+        <v>10</v>
+      </c>
+      <c r="F137" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" t="s">
+        <v>299</v>
+      </c>
+      <c r="B138" t="s">
+        <v>223</v>
+      </c>
+      <c r="C138" t="s">
+        <v>82</v>
+      </c>
+      <c r="D138" t="s">
+        <v>9</v>
+      </c>
+      <c r="E138" t="s">
+        <v>10</v>
+      </c>
+      <c r="F138" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" t="s">
+        <v>301</v>
+      </c>
+      <c r="B139" t="s">
+        <v>223</v>
+      </c>
+      <c r="C139" t="s">
+        <v>84</v>
+      </c>
+      <c r="D139" t="s">
+        <v>9</v>
+      </c>
+      <c r="E139" t="s">
+        <v>10</v>
+      </c>
+      <c r="F139" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
+        <v>303</v>
+      </c>
+      <c r="B140" t="s">
+        <v>223</v>
+      </c>
+      <c r="C140" t="s">
+        <v>86</v>
+      </c>
+      <c r="D140" t="s">
+        <v>9</v>
+      </c>
+      <c r="E140" t="s">
+        <v>10</v>
+      </c>
+      <c r="F140" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>305</v>
+      </c>
+      <c r="B141" t="s">
+        <v>223</v>
+      </c>
+      <c r="C141" t="s">
+        <v>88</v>
+      </c>
+      <c r="D141" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" t="s">
+        <v>10</v>
+      </c>
+      <c r="F141" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>307</v>
+      </c>
+      <c r="B142" t="s">
+        <v>223</v>
+      </c>
+      <c r="C142" t="s">
+        <v>90</v>
+      </c>
+      <c r="D142" t="s">
+        <v>9</v>
+      </c>
+      <c r="E142" t="s">
+        <v>10</v>
+      </c>
+      <c r="F142" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>309</v>
+      </c>
+      <c r="B143" t="s">
+        <v>223</v>
+      </c>
+      <c r="C143" t="s">
+        <v>92</v>
+      </c>
+      <c r="D143" t="s">
+        <v>9</v>
+      </c>
+      <c r="E143" t="s">
+        <v>10</v>
+      </c>
+      <c r="F143" t="s">
+        <v>310</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>