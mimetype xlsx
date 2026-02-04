--- v1 (2025-12-16)
+++ v2 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="858" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="888" uniqueCount="321">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
@@ -943,50 +943,80 @@
     <t>Ata 40-2025 - Sessão Ordinária - Outubro 2025.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Ata 41-2025 - Sessão Ordinária - Novembro 2025.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Ata 42-2025 - Sessão Ordinária - Novembro 2025.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>Ata 43-2025 - Sessão Ordinária - Novembro 2025.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>Ata 44-2025 - Sessão Ordinária - Novembro 2025.</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>Ata 45-2025 - Sessão Ordinária - Novembro 2025.</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>Ata 46-2025 - Sessão Ordinária - Dezembro 2025.</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>Ata 47-2025 - Sessão Ordinária - Dezembro 2025.</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>Ata 48-2025 - Sessão Ordinária - Dezembro 2025.</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>Ata 49-2025 - Sessão Ordinária - Dezembro 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1278,51 +1308,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F143"/>
+  <dimension ref="A1:F148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4150,50 +4180,150 @@
       <c r="E142" t="s">
         <v>10</v>
       </c>
       <c r="F142" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
         <v>309</v>
       </c>
       <c r="B143" t="s">
         <v>223</v>
       </c>
       <c r="C143" t="s">
         <v>92</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
       <c r="E143" t="s">
         <v>10</v>
       </c>
       <c r="F143" t="s">
         <v>310</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>311</v>
+      </c>
+      <c r="B144" t="s">
+        <v>223</v>
+      </c>
+      <c r="C144" t="s">
+        <v>94</v>
+      </c>
+      <c r="D144" t="s">
+        <v>9</v>
+      </c>
+      <c r="E144" t="s">
+        <v>10</v>
+      </c>
+      <c r="F144" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" t="s">
+        <v>313</v>
+      </c>
+      <c r="B145" t="s">
+        <v>223</v>
+      </c>
+      <c r="C145" t="s">
+        <v>109</v>
+      </c>
+      <c r="D145" t="s">
+        <v>9</v>
+      </c>
+      <c r="E145" t="s">
+        <v>10</v>
+      </c>
+      <c r="F145" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" t="s">
+        <v>315</v>
+      </c>
+      <c r="B146" t="s">
+        <v>223</v>
+      </c>
+      <c r="C146" t="s">
+        <v>112</v>
+      </c>
+      <c r="D146" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" t="s">
+        <v>10</v>
+      </c>
+      <c r="F146" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" t="s">
+        <v>317</v>
+      </c>
+      <c r="B147" t="s">
+        <v>223</v>
+      </c>
+      <c r="C147" t="s">
+        <v>115</v>
+      </c>
+      <c r="D147" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" t="s">
+        <v>10</v>
+      </c>
+      <c r="F147" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" t="s">
+        <v>319</v>
+      </c>
+      <c r="B148" t="s">
+        <v>223</v>
+      </c>
+      <c r="C148" t="s">
+        <v>118</v>
+      </c>
+      <c r="D148" t="s">
+        <v>9</v>
+      </c>
+      <c r="E148" t="s">
+        <v>10</v>
+      </c>
+      <c r="F148" t="s">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>