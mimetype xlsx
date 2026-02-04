--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -10,416 +10,524 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="158">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>PS</t>
-[...2 lines deleted...]
-    <t>Pauta da Sessão</t>
+    <t>PSO</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinária do dia 10/04/2023</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinária do dia 17/04/2023</t>
   </si>
   <si>
-    <t>252</t>
+    <t>255</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 06/01/2025 - Extraordinária.</t>
-[...8 lines deleted...]
-    <t>254</t>
+    <t>Pauta da Sessão do Dia 17/02/2025.</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão do Dia 19/02/2025.</t>
+  </si>
+  <si>
+    <t>257</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 31/01/2025 - Extraordinária.</t>
-[...2 lines deleted...]
-    <t>255</t>
+    <t>258</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 17/02/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>256</t>
+    <t>Pauta da Sessão do Dia 25/02/2025.</t>
+  </si>
+  <si>
+    <t>259</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 19/02/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>257</t>
+    <t>260</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>258</t>
+    <t>Pauta da Sessão do Dia 10/03/2025.</t>
+  </si>
+  <si>
+    <t>261</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 25/02/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>259</t>
+    <t>Pauta da Sessão do Dia 17/03/2025.</t>
+  </si>
+  <si>
+    <t>262</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>260</t>
+    <t>Pauta da Sessão do Dia 18/03/2025.</t>
+  </si>
+  <si>
+    <t>263</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 10/03/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>261</t>
+    <t>Pauta da Sessão do Dia 20/03/2025.</t>
+  </si>
+  <si>
+    <t>264</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 17/03/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>262</t>
+    <t>Pauta da Sessão do Dia 21/03/2025.</t>
+  </si>
+  <si>
+    <t>265</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 18/03/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>263</t>
+    <t>Pauta da Sessão do Dia 21/04/2025.</t>
+  </si>
+  <si>
+    <t>266</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 20/03/2025 - Ordinária.</t>
-[...14 lines deleted...]
-    <t>266</t>
+    <t>Pauta da Sessão do Dia 22/04/2025.</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão do Dia 23/04/2025.</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>269</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 22/04/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>267</t>
+    <t>Pauta da Sessão do Dia 25/04/2025.</t>
+  </si>
+  <si>
+    <t>270</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 23/04/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>268</t>
+    <t>Pauta da Sessão do Dia 07/05/2025.</t>
+  </si>
+  <si>
+    <t>271</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>269</t>
+    <t>Pauta da Sessão do Dia 16/05/2025.</t>
+  </si>
+  <si>
+    <t>272</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 25/04/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>270</t>
+    <t>Pauta da Sessão do Dia 26/05/2025.</t>
+  </si>
+  <si>
+    <t>301</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 07/05/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>271</t>
+    <t>Pauta da Sessão do Dia 27/05/2025.</t>
+  </si>
+  <si>
+    <t>302</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 16/05/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>272</t>
+    <t>303</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 26/05/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>301</t>
+    <t>Pauta da Sessão do Dia 09/06/2025.</t>
+  </si>
+  <si>
+    <t>304</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 27/05/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>302</t>
+    <t>Pauta da Sessão do Dia 11/06/2025.</t>
+  </si>
+  <si>
+    <t>305</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>303</t>
+    <t>Pauta da Sessão do Dia 16/06/2025.</t>
+  </si>
+  <si>
+    <t>306</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 09/06/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>304</t>
+    <t>Pauta da Sessão do Dia 18/06/2025.</t>
+  </si>
+  <si>
+    <t>307</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 11/06/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>305</t>
+    <t>Pauta da Sessão do Dia 27/06/2025.</t>
+  </si>
+  <si>
+    <t>317</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 16/06/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>306</t>
+    <t>Pauta da Sessão do Dia 04/08/2025.</t>
+  </si>
+  <si>
+    <t>318</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 18/06/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>307</t>
+    <t>Pauta da Sessão do Dia 07/08/2025.</t>
+  </si>
+  <si>
+    <t>319</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 27/06/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>317</t>
+    <t>Pauta da Sessão do Dia 19/08/2025.</t>
+  </si>
+  <si>
+    <t>320</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 04/08/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>318</t>
+    <t>Pauta da Sessão do Dia 21/08/2025.</t>
+  </si>
+  <si>
+    <t>321</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 07/08/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>319</t>
+    <t>Pauta da Sessão do Dia 26/08/2025.</t>
+  </si>
+  <si>
+    <t>343</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 19/08/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>320</t>
+    <t>Pauta da Sessão do Dia 15/09/2025.</t>
+  </si>
+  <si>
+    <t>344</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 21/08/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>321</t>
+    <t>Pauta da Sessão do Dia 18/09/2025.</t>
+  </si>
+  <si>
+    <t>345</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 26/08/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>343</t>
+    <t>Pauta da Sessão do Dia 22/09/2025.</t>
+  </si>
+  <si>
+    <t>346</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 15/09/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>344</t>
+    <t>Pauta da Sessão do Dia 23/09/2025.</t>
+  </si>
+  <si>
+    <t>370</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 18/09/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>345</t>
+    <t>Pauta da Sessão do Dia 24/09/2025.</t>
+  </si>
+  <si>
+    <t>371</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 22/09/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>346</t>
+    <t>Pauta da Sessão do Dia 03/10/2025.</t>
+  </si>
+  <si>
+    <t>372</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 23/09/2025 - Ordinária.</t>
-[...2 lines deleted...]
-    <t>347</t>
+    <t>Pauta da Sessão do Dia 07/10/2025.</t>
+  </si>
+  <si>
+    <t>373</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>Pauta da Sessão do Dia 24/09/2025 - Ordinária.</t>
+    <t>Pauta da Sessão do Dia 08/10/2025.</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão do Dia 21/10/2025.</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão do Dia 30/10/2025.</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 04/11/2025.</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 10/11/2025.</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 12/11/2025.</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 17/11/2025.</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 18/11/2025.</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 02/12/2025.</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 04/12/2025.</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 09/12/2025.</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 11/12/2025.</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Pauta da Sessão Ordinária do Dia 15/12/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -711,62 +819,62 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F41"/>
+  <dimension ref="A1:F53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="46" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
@@ -842,151 +950,151 @@
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>10</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" t="s">
         <v>23</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
       <c r="F8" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" t="s">
         <v>31</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" t="s">
         <v>34</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
         <v>10</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>39</v>
@@ -1062,111 +1170,111 @@
       </c>
       <c r="E16" t="s">
         <v>10</v>
       </c>
       <c r="F16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>10</v>
       </c>
       <c r="F17" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>51</v>
+      </c>
+      <c r="B18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C18" t="s">
         <v>52</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" t="s">
         <v>55</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" t="s">
+        <v>16</v>
+      </c>
+      <c r="C20" t="s">
         <v>58</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E20" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>60</v>
       </c>
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
         <v>10</v>
       </c>
       <c r="F21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>63</v>
@@ -1182,111 +1290,111 @@
       </c>
       <c r="E22" t="s">
         <v>10</v>
       </c>
       <c r="F22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23" t="s">
         <v>10</v>
       </c>
       <c r="F23" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" t="s">
+        <v>16</v>
+      </c>
+      <c r="C24" t="s">
         <v>69</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
+        <v>10</v>
+      </c>
+      <c r="F24" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" t="s">
+        <v>16</v>
+      </c>
+      <c r="C25" t="s">
         <v>72</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" t="s">
+        <v>10</v>
+      </c>
+      <c r="F25" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" t="s">
+        <v>16</v>
+      </c>
+      <c r="C26" t="s">
         <v>75</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>9</v>
+      </c>
+      <c r="E26" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>77</v>
       </c>
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>78</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27" t="s">
         <v>10</v>
       </c>
       <c r="F27" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>80</v>
@@ -1543,50 +1651,290 @@
       <c r="E40" t="s">
         <v>10</v>
       </c>
       <c r="F40" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>119</v>
       </c>
       <c r="B41" t="s">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>120</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
       <c r="E41" t="s">
         <v>10</v>
       </c>
       <c r="F41" t="s">
         <v>121</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" t="s">
+        <v>16</v>
+      </c>
+      <c r="C42" t="s">
+        <v>123</v>
+      </c>
+      <c r="D42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" t="s">
+        <v>10</v>
+      </c>
+      <c r="F42" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" t="s">
+        <v>16</v>
+      </c>
+      <c r="C43" t="s">
+        <v>126</v>
+      </c>
+      <c r="D43" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" t="s">
+        <v>10</v>
+      </c>
+      <c r="F43" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" t="s">
+        <v>16</v>
+      </c>
+      <c r="C44" t="s">
+        <v>129</v>
+      </c>
+      <c r="D44" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" t="s">
+        <v>10</v>
+      </c>
+      <c r="F44" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" t="s">
+        <v>16</v>
+      </c>
+      <c r="C45" t="s">
+        <v>132</v>
+      </c>
+      <c r="D45" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" t="s">
+        <v>10</v>
+      </c>
+      <c r="F45" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>134</v>
+      </c>
+      <c r="B46" t="s">
+        <v>16</v>
+      </c>
+      <c r="C46" t="s">
+        <v>135</v>
+      </c>
+      <c r="D46" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>137</v>
+      </c>
+      <c r="B47" t="s">
+        <v>16</v>
+      </c>
+      <c r="C47" t="s">
+        <v>138</v>
+      </c>
+      <c r="D47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" t="s">
+        <v>140</v>
+      </c>
+      <c r="B48" t="s">
+        <v>16</v>
+      </c>
+      <c r="C48" t="s">
+        <v>141</v>
+      </c>
+      <c r="D48" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>143</v>
+      </c>
+      <c r="B49" t="s">
+        <v>16</v>
+      </c>
+      <c r="C49" t="s">
+        <v>144</v>
+      </c>
+      <c r="D49" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>146</v>
+      </c>
+      <c r="B50" t="s">
+        <v>16</v>
+      </c>
+      <c r="C50" t="s">
+        <v>147</v>
+      </c>
+      <c r="D50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>149</v>
+      </c>
+      <c r="B51" t="s">
+        <v>16</v>
+      </c>
+      <c r="C51" t="s">
+        <v>150</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>152</v>
+      </c>
+      <c r="B52" t="s">
+        <v>16</v>
+      </c>
+      <c r="C52" t="s">
+        <v>153</v>
+      </c>
+      <c r="D52" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" t="s">
+        <v>16</v>
+      </c>
+      <c r="C53" t="s">
+        <v>156</v>
+      </c>
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" t="s">
+        <v>10</v>
+      </c>
+      <c r="F53" t="s">
+        <v>157</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>